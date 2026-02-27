--- v0 (2025-10-21)
+++ v1 (2026-02-27)
@@ -6,51 +6,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="776442E4" w14:textId="77777777" w:rsidR="00667D85" w:rsidRDefault="00B53754">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
       </w:pPr>
       <w:r>
         <w:t>BOZZA</w:t>
       </w:r>
       <w:r w:rsidR="000A6EA1">
         <w:t xml:space="preserve"> delibera adesione a “</w:t>
       </w:r>
       <w:r w:rsidR="000A6EA1" w:rsidRPr="000A6EA1">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Fondazione emiliano-romagnola per le vittime dei reati</w:t>
       </w:r>
       <w:r w:rsidR="000A6EA1">
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C6719CA" w14:textId="77777777" w:rsidR="00667D85" w:rsidRDefault="00667D85">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
       </w:pPr>
@@ -122,100 +122,89 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E90D5B4" w14:textId="77777777" w:rsidR="00667D85" w:rsidRDefault="00667D85">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Atto n. </w:t>
       </w:r>
       <w:r w:rsidR="00B53754">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">del  </w:t>
       </w:r>
       <w:r w:rsidR="00B53754">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B53754">
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45634011" w14:textId="77777777" w:rsidR="00667D85" w:rsidRDefault="00667D85">
+      <w:pPr>
+        <w:pStyle w:val="dddcco"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>____</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="45634011" w14:textId="77777777" w:rsidR="00667D85" w:rsidRDefault="00667D85">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B9DB8C0" w14:textId="77777777" w:rsidR="00667D85" w:rsidRDefault="00667D85">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Seduta:  Pubblica</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3CC558CB" w14:textId="77777777" w:rsidR="00667D85" w:rsidRDefault="00667D85">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79EC42AD" w14:textId="77777777" w:rsidR="00667D85" w:rsidRDefault="00667D85">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77C6EC5E" w14:textId="470D8463" w:rsidR="00667D85" w:rsidRDefault="00667D85">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -559,65 +548,51 @@
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="618A43DF" w14:textId="112B30A2" w:rsidR="00667D85" w:rsidRDefault="00667D85" w:rsidP="00667D85">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="927"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">la L.R. 04 dicembre 2003 n. 24 recante: "Disciplina della Polizia Amministrativa Locale e promozione di un sistema integrato di sicurezza" prevede, all'art. 7, che la Regione </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> promuova l’istituzione della </w:t>
+        <w:t xml:space="preserve">la L.R. 04 dicembre 2003 n. 24 recante: "Disciplina della Polizia Amministrativa Locale e promozione di un sistema integrato di sicurezza" prevede, all'art. 7, che la Regione Emilia Romagna promuova l’istituzione della </w:t>
       </w:r>
       <w:r w:rsidR="000A6EA1">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Fondazione Emiliano-romagnola per le vittime di reati";</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="105AA093" w14:textId="40F57A10" w:rsidR="00EF64EA" w:rsidRDefault="00901496" w:rsidP="00667D85">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
@@ -797,66 +772,58 @@
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E423C9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">la Fondazione emiliano-romagnola per le vittime dei reati è una realtà unica in Italia, e opera in sintonia con la Direttiva </w:t>
       </w:r>
       <w:r w:rsidR="00901496" w:rsidRPr="00E423C9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Europea </w:t>
       </w:r>
       <w:r w:rsidRPr="00E423C9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2009/29UE che istituisce “Norme minime in materia di diritti, assistenza e protezione delle vittime di reato”, divenuta legge </w:t>
       </w:r>
       <w:r w:rsidR="00901496" w:rsidRPr="00E423C9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">italiana con </w:t>
-[...6 lines deleted...]
-        <w:t>DL</w:t>
+        <w:t>italiana con DL</w:t>
       </w:r>
       <w:r w:rsidRPr="00E423C9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>gs</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00901496" w:rsidRPr="00E423C9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E423C9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 212/15</w:t>
       </w:r>
       <w:r w:rsidR="00E423C9" w:rsidRPr="00E423C9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> “Attuazione della direttiva 2012/29/UE del Parlamento europeo e del Consiglio, del 25 ottobre 2012, che istituisce norme minime in materia di diritt</w:t>
       </w:r>
       <w:r w:rsidR="00F6664A">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">i, </w:t>
       </w:r>
       <w:r w:rsidR="00E423C9" w:rsidRPr="00E423C9">
@@ -950,240 +917,266 @@
       <w:r w:rsidR="00E423C9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> soggetti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E423C9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>promotori</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>, la formula gestionale più efficace, in quanto snella e rapida, e maggiormente idonea a rispondere alle finalità individuate;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DB06A01" w14:textId="4063F70C" w:rsidR="00E21F39" w:rsidRPr="00254365" w:rsidRDefault="00E21F39" w:rsidP="00E21F39">
+    <w:p w14:paraId="5DB06A01" w14:textId="36BAFD3A" w:rsidR="00E21F39" w:rsidRPr="00254365" w:rsidRDefault="00E21F39" w:rsidP="00E21F39">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="927"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00254365">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dalla </w:t>
       </w:r>
       <w:r w:rsidR="00901496">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">sua </w:t>
       </w:r>
       <w:r w:rsidRPr="00254365">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">creazione </w:t>
       </w:r>
       <w:r w:rsidRPr="00901496">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00901496" w:rsidRPr="00901496">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>l 31.12.</w:t>
       </w:r>
       <w:r w:rsidR="000A764C">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t>23</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52966">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00254365">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00901496">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">la Fondazione </w:t>
       </w:r>
       <w:r w:rsidRPr="00901496">
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ha </w:t>
       </w:r>
       <w:r w:rsidR="00A54EFD">
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>accolto</w:t>
       </w:r>
       <w:r w:rsidR="00984538">
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 46</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52966">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>651</w:t>
       </w:r>
       <w:r w:rsidRPr="00901496">
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> interventi</w:t>
       </w:r>
       <w:r w:rsidRPr="00254365">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> in risposta a specifiche </w:t>
       </w:r>
       <w:r w:rsidR="00E423C9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>istanze espresse</w:t>
       </w:r>
       <w:r w:rsidRPr="00254365">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> dai Sindaci della regione;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DF9E39" w14:textId="48ADC4EC" w:rsidR="00E21F39" w:rsidRPr="00254365" w:rsidRDefault="00E21F39" w:rsidP="00E21F39">
+    <w:p w14:paraId="53DF9E39" w14:textId="0541A7A4" w:rsidR="00E21F39" w:rsidRPr="00254365" w:rsidRDefault="00E21F39" w:rsidP="00E21F39">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="927"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00254365">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>gli interventi di cui sopra hanno permesso di mettere a disposizione delle vittime o dei loro familiari</w:t>
       </w:r>
       <w:r w:rsidRPr="00254365">
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00A52966">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>oltre</w:t>
+      </w:r>
       <w:r w:rsidR="002C2D04">
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">poco meno di </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00984538">
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00254365">
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> milioni di </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> milioni </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52966">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e mezzo </w:t>
+      </w:r>
       <w:r w:rsidRPr="00254365">
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t>Euro</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">di Euro </w:t>
+      </w:r>
       <w:r w:rsidRPr="00254365">
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">aiutando così nel complesso oltre </w:t>
       </w:r>
       <w:r w:rsidR="004C61F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t>1100</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52966">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>275</w:t>
       </w:r>
       <w:r w:rsidR="00B803D9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00254365">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">persone di cui </w:t>
       </w:r>
       <w:r w:rsidR="00F6664A">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>quasi</w:t>
       </w:r>
       <w:r w:rsidRPr="00254365">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
@@ -1713,65 +1706,51 @@
         </w:rPr>
         <w:t xml:space="preserve">gli Enti locali dell’Emilia-Romagna possano aderire contribuendo con una quota annuale variabile tra i </w:t>
       </w:r>
       <w:r w:rsidR="00E423C9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>500</w:t>
       </w:r>
       <w:r w:rsidRPr="003C27FF">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ed i </w:t>
       </w:r>
       <w:r w:rsidR="00E423C9">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>2.500</w:t>
       </w:r>
       <w:r w:rsidRPr="003C27FF">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> da destinare al fondo di gestione annuale </w:t>
+        <w:t xml:space="preserve"> Euro da destinare al fondo di gestione annuale </w:t>
       </w:r>
       <w:r w:rsidR="00901496" w:rsidRPr="003C27FF">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">della Fondazione stessa; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50156D2F" w14:textId="27A7AC2C" w:rsidR="0034108E" w:rsidRPr="0034108E" w:rsidRDefault="0034108E" w:rsidP="0034108E">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1892,77 +1871,63 @@
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>con più di 50.000 abitanti, 2500 euro</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73047F71" w14:textId="5ABEFD99" w:rsidR="00FA003E" w:rsidRPr="0034108E" w:rsidRDefault="00FA003E" w:rsidP="00FA003E">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="993" w:hanging="284"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">l’Assemblea dei Soci del 20 </w:t>
-[...5 lines deleted...]
-        <w:t>settembre 202</w:t>
+        <w:t>l’Assemblea dei Soci del 20 settembre 202</w:t>
       </w:r>
       <w:r w:rsidR="002F1D71">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3, dato il progressivo aumento delle richieste di intervento </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0075424B">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t>da</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> parte di un numero sempre maggiore di enti locali,</w:t>
+        <w:t>da parte di un numero sempre maggiore di enti locali,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ha stabilito </w:t>
       </w:r>
       <w:r w:rsidRPr="0034108E">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">le quote </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">associative </w:t>
       </w:r>
       <w:r w:rsidRPr="0034108E">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">minime per i soci aderenti, Comuni non capoluogo oppure Unioni e Associazioni di Comuni, nella seguente misura: </w:t>
       </w:r>
@@ -2163,51 +2128,51 @@
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>con più di 10.000 abitanti</w:t>
       </w:r>
       <w:r w:rsidR="000A1D2B">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>, 10.000 euro</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FA321EE" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRPr="0034108E" w:rsidRDefault="000A1D2B" w:rsidP="000A1D2B">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46A3A2BA" w14:textId="6126AB62" w:rsidR="00E21F39" w:rsidRDefault="00E21F39" w:rsidP="00E21F39">
+    <w:p w14:paraId="46A3A2BA" w14:textId="1DF8F00F" w:rsidR="00E21F39" w:rsidRDefault="00E21F39" w:rsidP="00E21F39">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="927"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>in anni recenti hanno aderito</w:t>
       </w:r>
       <w:r w:rsidR="00113FB0">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
@@ -2225,105 +2190,177 @@
         </w:rPr>
         <w:t xml:space="preserve"> in qualità di Soci Aderenti, i Comuni di Sassuolo, Novi di Modena, San Possidonio</w:t>
       </w:r>
       <w:r w:rsidR="005E089E">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F6664A" w:rsidRPr="00F6664A">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Castelfranco Emilia,</w:t>
       </w:r>
       <w:r w:rsidR="00247F99">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vergato</w:t>
       </w:r>
       <w:r w:rsidR="00917959">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t>, Boretto, Valsamoggia,</w:t>
+        <w:t xml:space="preserve">, Boretto, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52966">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cesenatico, Gragnano Trebbiense, </w:t>
+      </w:r>
+      <w:r w:rsidR="00917959">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>Valsamoggia,</w:t>
       </w:r>
       <w:r w:rsidR="00F6664A" w:rsidRPr="00F6664A">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> le Unioni Val d’Enza, Pedemontana </w:t>
       </w:r>
       <w:r w:rsidR="00F6664A">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00F6664A" w:rsidRPr="00F6664A">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>armense, Terre d’Argine</w:t>
       </w:r>
       <w:r w:rsidR="00917959">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F6664A" w:rsidRPr="00F6664A">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Romagna Faentina</w:t>
       </w:r>
       <w:r w:rsidR="00917959">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>, Bassa Romagna</w:t>
       </w:r>
       <w:r w:rsidR="00AE040A">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>, Valli del Savio, Nuovo Circondario Imolese</w:t>
       </w:r>
+      <w:r w:rsidR="00A52966">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>, sant’Agata Bolognese, Cattolica e</w:t>
+      </w:r>
       <w:r w:rsidR="00F6664A" w:rsidRPr="00F6664A">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e, quale Socio sostenitore, l’Università degli Studi Parm</w:t>
+        <w:t xml:space="preserve"> qual</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52966">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6664A" w:rsidRPr="00F6664A">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Soci sostenitor</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52966">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6664A" w:rsidRPr="00F6664A">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>, l’Università degli Studi Parm</w:t>
       </w:r>
       <w:r w:rsidR="00AE040A">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t>a e la Cooperativa CoopBilanciai</w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52966">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE040A">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la Cooperativa Coop</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52966">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE040A">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>Bilanciai</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52966">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>, la Cgil Emilia-Romagna, Chiesi Group Farmaceutica, Multiservice Soc. Coop.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EA6889F" w14:textId="77777777" w:rsidR="00667D85" w:rsidRDefault="00667D85">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25D40771" w14:textId="77777777" w:rsidR="00667D85" w:rsidRDefault="00667D85">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:snapToGrid w:val="0"/>
@@ -2555,94 +2592,94 @@
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> annuale</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AC8C149" w14:textId="77777777" w:rsidR="00667D85" w:rsidRDefault="00667D85">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62ABE6AF" w14:textId="77777777" w:rsidR="00667D85" w:rsidRDefault="00667D85">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Presa visione dell</w:t>
       </w:r>
       <w:r w:rsidR="009309F7">
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r>
         <w:t>Statuto</w:t>
       </w:r>
       <w:r w:rsidR="00E95DE7">
         <w:t xml:space="preserve"> di detta </w:t>
       </w:r>
       <w:r w:rsidR="00E423C9">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00E95DE7">
         <w:t>ondazione</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004956E1" w:rsidRPr="004956E1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004956E1">
         <w:t>allegato quale parte integrante al presente atto (allegato 1),</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> e condivise</w:t>
       </w:r>
       <w:r w:rsidR="004956E1">
         <w:t xml:space="preserve"> le norme e condizioni previste;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77BDA741" w14:textId="77777777" w:rsidR="00E95DE7" w:rsidRDefault="00E95DE7">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41C66718" w14:textId="7A44C22E" w:rsidR="007022D8" w:rsidRDefault="007022D8">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
       </w:pPr>
       <w:r w:rsidRPr="003C27FF">
-        <w:lastRenderedPageBreak/>
         <w:t>Presa visione del</w:t>
       </w:r>
       <w:r w:rsidR="0034108E">
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00F6664A">
         <w:t>estratto del verbale de</w:t>
       </w:r>
       <w:r w:rsidR="0034108E">
         <w:t xml:space="preserve">ll’Assemblea dei Soci </w:t>
       </w:r>
       <w:r w:rsidR="00F6664A">
         <w:t xml:space="preserve">della Fondazione del </w:t>
       </w:r>
       <w:r w:rsidR="0034108E">
         <w:t xml:space="preserve">20 </w:t>
       </w:r>
       <w:r w:rsidR="00B8463D">
         <w:t>settembre 2023</w:t>
       </w:r>
       <w:r w:rsidR="00F6664A">
         <w:t>, da cui risulta l’approvazione delle quote associative per i Soci aderenti</w:t>
       </w:r>
       <w:r w:rsidR="0034108E">
         <w:t xml:space="preserve"> </w:t>
@@ -3180,70 +3217,70 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CA938B0" w14:textId="17B626F8" w:rsidR="00E95DE7" w:rsidRDefault="00E95DE7" w:rsidP="0034108E">
       <w:pPr>
         <w:pStyle w:val="dddcco"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E95DE7" w:rsidSect="004956E1">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1848" w:right="1134" w:bottom="1843" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="302ED2D3" w14:textId="77777777" w:rsidR="00397415" w:rsidRDefault="00397415">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="26ADBB6A" w14:textId="77777777" w:rsidR="00397415" w:rsidRDefault="00397415">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3266,64 +3303,64 @@
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="71" w:type="dxa"/>
         <w:right w:w="71" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1063"/>
       <w:gridCol w:w="8222"/>
     </w:tblGrid>
     <w:tr w:rsidR="00DC30C5" w14:paraId="17BA7197" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1063" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="6BE00A0C" w14:textId="77777777" w:rsidR="00DC30C5" w:rsidRDefault="00DC30C5">
           <w:pPr>
             <w:pStyle w:val="Pidipagina"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">Comune di </w:t>
@@ -3429,81 +3466,81 @@
             <w:t>1</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Numeropagina"/>
               <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
               <w:b/>
               <w:sz w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="66A45E2F" w14:textId="77777777" w:rsidR="00DC30C5" w:rsidRDefault="00DC30C5">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="22A76685" w14:textId="77777777" w:rsidR="00397415" w:rsidRDefault="00397415">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3654F1A4" w14:textId="77777777" w:rsidR="00397415" w:rsidRDefault="00397415">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6C67B969" w14:textId="77777777" w:rsidR="00DC30C5" w:rsidRDefault="00DC30C5" w:rsidP="00B53754">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="052A3CAD"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8A60F970"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09EF4FA5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="42980F0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
@@ -4327,53 +4364,52 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="321279275">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="933052975">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1594237912">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="66155475">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -4419,55 +4455,57 @@
     <w:rsid w:val="005C280F"/>
     <w:rsid w:val="005E089E"/>
     <w:rsid w:val="00644576"/>
     <w:rsid w:val="006538EF"/>
     <w:rsid w:val="00667D85"/>
     <w:rsid w:val="006A3B08"/>
     <w:rsid w:val="006C4C7D"/>
     <w:rsid w:val="007022D8"/>
     <w:rsid w:val="0075424B"/>
     <w:rsid w:val="00796995"/>
     <w:rsid w:val="00800D76"/>
     <w:rsid w:val="00895E03"/>
     <w:rsid w:val="008C1DB7"/>
     <w:rsid w:val="008D4B08"/>
     <w:rsid w:val="00901496"/>
     <w:rsid w:val="009015CC"/>
     <w:rsid w:val="00917959"/>
     <w:rsid w:val="009309F7"/>
     <w:rsid w:val="00971628"/>
     <w:rsid w:val="00973086"/>
     <w:rsid w:val="00984538"/>
     <w:rsid w:val="009E2112"/>
     <w:rsid w:val="009F1C5D"/>
     <w:rsid w:val="00A20948"/>
     <w:rsid w:val="00A34048"/>
+    <w:rsid w:val="00A52966"/>
     <w:rsid w:val="00A54632"/>
     <w:rsid w:val="00A54EFD"/>
     <w:rsid w:val="00AB0110"/>
     <w:rsid w:val="00AC339F"/>
     <w:rsid w:val="00AE040A"/>
+    <w:rsid w:val="00B20539"/>
     <w:rsid w:val="00B53754"/>
     <w:rsid w:val="00B803D9"/>
     <w:rsid w:val="00B8463D"/>
     <w:rsid w:val="00BB096D"/>
     <w:rsid w:val="00BE231F"/>
     <w:rsid w:val="00C631A1"/>
     <w:rsid w:val="00D256AD"/>
     <w:rsid w:val="00D34B1A"/>
     <w:rsid w:val="00D4031B"/>
     <w:rsid w:val="00D426E1"/>
     <w:rsid w:val="00D44C9D"/>
     <w:rsid w:val="00DC30C5"/>
     <w:rsid w:val="00DD7E1F"/>
     <w:rsid w:val="00E21F39"/>
     <w:rsid w:val="00E423C9"/>
     <w:rsid w:val="00E95DE7"/>
     <w:rsid w:val="00EF64EA"/>
     <w:rsid w:val="00F24A40"/>
     <w:rsid w:val="00F6664A"/>
     <w:rsid w:val="00F91701"/>
     <w:rsid w:val="00FA003E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -4477,51 +4515,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="466DA2BF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{73BB21E0-FC55-4D95-84A5-A470987CF420}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -5022,51 +5060,51 @@
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C1DB7"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Menzionenonrisolta">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C1DB7"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.regione.emilia-romagna.it/fondazione-per-le-vittime-dei-reati/documentazione/attivita" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -5339,70 +5377,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101008F77520A5EE4194AAE0E9CCDF0F10380" ma:contentTypeVersion="31" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="41e17a43239034c686e572ea8b34dda1">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e7c786ba-63a4-4e8f-9b25-6cce7c3cef24" xmlns:ns3="8a7b9350-c968-4981-9d83-fb5f969cfbdd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0a0633c490a0a11c09388b594c6e48d4" ns2:_="" ns3:_="">
     <xsd:import namespace="e7c786ba-63a4-4e8f-9b25-6cce7c3cef24"/>
     <xsd:import namespace="8a7b9350-c968-4981-9d83-fb5f969cfbdd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
@@ -5613,118 +5631,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="8a7b9350-c968-4981-9d83-fb5f969cfbdd" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e7c786ba-63a4-4e8f-9b25-6cce7c3cef24">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41BDE49E-D324-4C7B-9286-DEC670FADC71}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e7c786ba-63a4-4e8f-9b25-6cce7c3cef24"/>
     <ds:schemaRef ds:uri="8a7b9350-c968-4981-9d83-fb5f969cfbdd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33024E5A-4D42-48ED-83B8-5FCD71BF6058}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41E7800D-3979-4B4C-B8AA-4AA267EC7D36}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8a7b9350-c968-4981-9d83-fb5f969cfbdd"/>
+    <ds:schemaRef ds:uri="e7c786ba-63a4-4e8f-9b25-6cce7c3cef24"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1244</Words>
-  <Characters>7246</Characters>
+  <Words>1288</Words>
+  <Characters>7345</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>61</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>COPIA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Provincia di Parma</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8474</CharactersWithSpaces>
+  <CharactersWithSpaces>8616</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>COPIA</dc:title>
   <dc:subject/>
   <dc:creator>jenny ricci</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101008F77520A5EE4194AAE0E9CCDF0F10380</vt:lpwstr>
   </property>